--- v0 (2026-01-04)
+++ v1 (2026-03-20)
@@ -1,54 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6A02B3C9" w14:textId="2CF1E9F3" w:rsidR="00D11B35" w:rsidRPr="00213817" w:rsidRDefault="00AB1AE7" w:rsidP="003530BA">
       <w:pPr>
         <w:spacing w:before="120" w:line="144" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk106275628"/>
       <w:r w:rsidRPr="00213817">
         <w:rPr>
@@ -197,35524 +196,9404 @@
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E732BB" w14:textId="77777777" w:rsidR="003955F7" w:rsidRPr="003955F7" w:rsidRDefault="003955F7" w:rsidP="003955F7">
-[...1203 lines deleted...]
-    <w:p w14:paraId="008903DD" w14:textId="39C4E2AD" w:rsidR="00CE3AD6" w:rsidRPr="003955F7" w:rsidRDefault="003955F7" w:rsidP="003955F7">
+    <w:p w14:paraId="008903DD" w14:textId="0741950D" w:rsidR="00CE3AD6" w:rsidRPr="003955F7" w:rsidRDefault="001B1320" w:rsidP="003955F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">ugh . et </w:t>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Authors are required to submit a structured abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 250-300 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> that presents the content of the study in clearly defined and concise sections, enabling readers to quickly grasp the purpose, methodology, and contribution of the work. The abstract should include the following components: Background/Introduction, outlining the problem addressed and its relevance; Objectives/Purpose, specifying the aim of the research; Methods, describing the design, participants, instruments, corpus, or procedures; Results, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>veilbro</w:t>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>summarising</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the main findings in a direct and concise manner; and Conclusions, highlighting the implications, contributions, and significance of the study. Where appropriate, authors may also incorporate additional sections such as Implications for practice in education and didactics or Originality/Value in the social sciences and humanities to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>inveribus</w:t>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>emphasise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...1656 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the practical relevance or innovative contribution of their research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E824FE1" w14:textId="77777777" w:rsidR="00213817" w:rsidRDefault="00213817" w:rsidP="004074F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D4ABE1F" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="00213817" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+    <w:p w14:paraId="4D4ABE1F" w14:textId="7AF90317" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213817">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A2846D" w14:textId="4457279F" w:rsidR="00CE3AD6" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="004074F6">
+    <w:p w14:paraId="3DF874F4" w14:textId="2A3B816E" w:rsidR="001303C9" w:rsidRPr="001303C9" w:rsidRDefault="001303C9" w:rsidP="00E12A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
-[...190 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>It is necessary to include five keywords separated by semicolons. They must belong to the UNESCO Thesaurus or the ERIC Thesaurus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6876F5A6" w14:textId="77777777" w:rsidR="00213817" w:rsidRDefault="00213817" w:rsidP="004074F6">
+    <w:p w14:paraId="20A2846D" w14:textId="4ED8D004" w:rsidR="00CE3AD6" w:rsidRPr="003955F7" w:rsidRDefault="00B77B69" w:rsidP="004074F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ugia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">; movies; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC1510">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>onsequam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>; ethic</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5EA2E9AC" w14:textId="7C843381" w:rsidR="00CE3AD6" w:rsidRPr="00213817" w:rsidRDefault="00E12A54" w:rsidP="004074F6">
+    <w:p w14:paraId="6876F5A6" w14:textId="77777777" w:rsidR="00213817" w:rsidRDefault="00213817" w:rsidP="004074F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA2E9AC" w14:textId="7C843381" w:rsidR="00CE3AD6" w:rsidRPr="00213817" w:rsidRDefault="00E12A54" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>Summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E922973" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="00213817">
+    <w:p w14:paraId="0C2BD197" w14:textId="1DD768C0" w:rsidR="00213817" w:rsidRPr="001B1320" w:rsidRDefault="001B1320" w:rsidP="001B1320">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Los autores deben presentar un resumen estructurado</w:t>
+      </w:r>
+      <w:r w:rsidR="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 250-300 palabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> que exponga el contenido del estudio en secciones claramente definidas y concisas, lo que permite a los lectores comprender rápidamente el propósito, la metodología y la contribución del trabajo. El resumen debe incluir los siguientes componentes: Antecedentes/Introducción, donde se expone el problema abordado y su relevancia; Objetivos/Propósito, que especifican la finalidad de la investigación; Métodos, que describen el diseño, los participantes, los instrumentos, el corpus o los procedimientos; Resultados, que resumen los principales hallazgos de manera directa y concisa; y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Conclusiones, que destacan las implicaciones, aportaciones y la importancia del estudio. Cuando sea pertinente, los autores también pueden incorporar secciones adicionales como Implicaciones para la práctica en educación y didáctica, </w:t>
+      </w:r>
+      <w:r w:rsidR="0015627F" w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1320">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Originalidad/Valor en ciencias sociales y humanidades, con el fin de subrayar la relevancia práctica o la contribución innovadora de su investigación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72418981" w14:textId="57451558" w:rsidR="00CE3AD6" w:rsidRPr="001B1320" w:rsidRDefault="00CE3AD6" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1050B800" w14:textId="265B7C00" w:rsidR="00CE3AD6" w:rsidRPr="00C74797" w:rsidRDefault="00E12A54" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E199E10" w14:textId="463D310B" w:rsidR="001303C9" w:rsidRPr="001303C9" w:rsidRDefault="001303C9" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Es necesa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">rio incluir 5 palabras clave separadas por punto y coma. Deben pertenecer al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Tesaurus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unesco o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Tesaurus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eric.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001303C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323EBA1" w14:textId="3508F67B" w:rsidR="00D11B35" w:rsidRPr="00C74797" w:rsidRDefault="00D01261" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>Ugia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> movies </w:t>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00213817" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00213817" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>movies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213817" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>dolupti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00213817" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00213817" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>onsequam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="001303C9" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>untiunt</w:t>
+      <w:r w:rsidR="001303C9" w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ethic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...537 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="084CFA52" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="00213817">
-[...1 lines deleted...]
-        <w:pStyle w:val="11"/>
+    <w:p w14:paraId="365AD49D" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="00C74797" w:rsidRDefault="00213817" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48730834" w14:textId="53278121" w:rsidR="00213817" w:rsidRPr="00213817" w:rsidRDefault="00213817" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
-[...493 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1. Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2BD197" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="00213817">
+    <w:p w14:paraId="28B4E0A1" w14:textId="6EB109E2" w:rsidR="00213817" w:rsidRDefault="00D01261" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The introduction should position the study within the current research landscape, explaining why the topic is relevant and what specific issue it addresses. This section guides the reader towards the academic and social context in which the work is situated, showing how the topic has been approached to date and which aspects require further exploration. The introduction should lead logically to the purpose of the study, clearly presenting the research questions or objectives that frame the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D51A8A" w14:textId="77777777" w:rsidR="00AC1510" w:rsidRPr="00D01261" w:rsidRDefault="00AC1510" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EBEB96" w14:textId="247F2CDB" w:rsidR="00213817" w:rsidRPr="00213817" w:rsidRDefault="00213817" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2. Theoretical Framework</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12532DD9" w14:textId="76509D1B" w:rsidR="00213817" w:rsidRDefault="00D01261" w:rsidP="00213817">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">ugh . et </w:t>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The theoretical framework develops the conceptual foundation that supports the study, bringing together the theories, approaches, and previous research that help to explain the phenomenon under investigation. Rather than merely compiling literature, it </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>veilbro</w:t>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>organises</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...1656 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> and critically examines existing contributions, identifying convergences, debates, and gaps that justify the study. This section should define the key concepts with precision and explain how they inform the methodology and the interpretation of the findings, establishing a solid link between theory and research design.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72418981" w14:textId="57451558" w:rsidR="00CE3AD6" w:rsidRPr="003955F7" w:rsidRDefault="00CE3AD6" w:rsidP="004074F6">
-[...1532 lines deleted...]
-    <w:p w14:paraId="005811EF" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="00213817">
+    <w:p w14:paraId="0DA81BFC" w14:textId="77777777" w:rsidR="00AC1510" w:rsidRDefault="00AC1510" w:rsidP="00213817">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003955F7">
-[...17 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F675FAD" w14:textId="657483C0" w:rsidR="00E84D50" w:rsidRPr="00213817" w:rsidRDefault="00E84D50" w:rsidP="00E84D50">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B0366">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtitle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCE3EC0" w14:textId="77777777" w:rsidR="00E84D50" w:rsidRPr="003955F7" w:rsidRDefault="00E84D50" w:rsidP="00E84D50">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>veilbro</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ugia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> movies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>inveribus</w:t>
+        <w:t>onsequam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>parumquundae</w:t>
+        <w:t>untiunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>nos</w:t>
+        <w:t>moluptat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> as acid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quatum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiatem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> sore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>doupta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>ditae</w:t>
+        <w:t>turestia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> neem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>earcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>parchic</w:t>
+        <w:t>quiasperum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>imusanda</w:t>
+        <w:t>quibusdantem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> part </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>hillaut</w:t>
+        <w:t>harciun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> lam , </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>sitibusam</w:t>
+        <w:t>tusdaererum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> agree out of time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eseniam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> facet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>elluptas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>nat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="224A097E" w14:textId="77777777" w:rsidR="00E84D50" w:rsidRDefault="00E84D50" w:rsidP="00E84D50">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="168" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5AF407" w14:textId="3F6F0993" w:rsidR="00E84D50" w:rsidRPr="003955F7" w:rsidRDefault="00E84D50" w:rsidP="00E84D50">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="168" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B0366">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtitle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75506E6E" w14:textId="301B716B" w:rsidR="00E84D50" w:rsidRPr="003955F7" w:rsidRDefault="00E84D50" w:rsidP="00E84D50">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ugia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> movies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>vellorestis</w:t>
+        <w:t>onsequam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> ma </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>cuscipsapel</w:t>
+        <w:t>untiunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> id experience </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>earchilites</w:t>
+        <w:t>moluptat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> here od wow </w:t>
+        <w:t xml:space="preserve"> as acid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>sequam</w:t>
+        <w:t>quatum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiatem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> sore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>doupta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>haritis</w:t>
+        <w:t>turestia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t xml:space="preserve"> neem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>earcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>simus</w:t>
+        <w:t>quiasperum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>unt</w:t>
+        <w:t>quibusdantem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> qui </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>ratassuntur</w:t>
+        <w:t>harciun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> magnum </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>quasitas</w:t>
+        <w:t>tusdaererum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003955F7">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> agree out of tim</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>ut</w:t>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eseniam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> qui sit </w:t>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> facet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>derum</w:t>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>elluptas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...896 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> um nat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B4E0A1" w14:textId="77777777" w:rsidR="00213817" w:rsidRDefault="00213817" w:rsidP="00213817">
+    <w:p w14:paraId="4F1083AE" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="168" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E4C681" w14:textId="0D209DD8" w:rsidR="008B0366" w:rsidRPr="00213817" w:rsidRDefault="008B0366" w:rsidP="008B0366">
       <w:pPr>
         <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:t>2. Theoretical Framework</w:t>
+        <w:t>3. Methods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C129D73" w14:textId="77777777" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="00213817" w:rsidP="00213817">
-[...1203 lines deleted...]
-    <w:p w14:paraId="12532DD9" w14:textId="6F1C02F8" w:rsidR="00213817" w:rsidRDefault="00213817" w:rsidP="00213817">
+    <w:p w14:paraId="608611A8" w14:textId="3A95456F" w:rsidR="008B0366" w:rsidRPr="00D01261" w:rsidRDefault="00D01261" w:rsidP="008B0366">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">ugh . et </w:t>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The methodology should provide a precise and well</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">structured description of the study design, explaining the selection of the population and sample, as well as the inclusion and exclusion criteria applied. This section must clearly detail the procedures followed for data collection, specifying the instruments, resources, or technologies employed. It should also present the methods used for data analysis—whether statistical techniques, qualitative approaches, or software tools—in a way that enables other researchers to understand, assess, and, where appropriate, replicate the methodological process with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003955F7">
-[...16 lines deleted...]
-        <w:t>veilbro</w:t>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>rigour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003955F7">
-[...1696 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1083AE" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="00213817">
-[...1265 lines deleted...]
-    <w:p w14:paraId="608611A8" w14:textId="28007906" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="008B0366">
+    <w:p w14:paraId="0DE0437E" w14:textId="53A90C29" w:rsidR="0015627F" w:rsidRPr="0015627F" w:rsidRDefault="0015627F" w:rsidP="0015627F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...1748 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>We encourage authors to include up to eight visual elements</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA144C">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (tables or figures)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> throughout the entire article, provided they contribute clearly and directly to the explanation of the content. Figures and tables should be placed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>after the corresponding comments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, and used strategically to strengthen the scientific narrative, facilitate the understanding of complex concepts</w:t>
+      </w:r>
+      <w:r w:rsidR="00A775D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="00A775D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> or model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, and offer a visual representation that complements—without duplicating—the information presented in the text. The total number of visual elements should be proportional to the length and depth of the manuscript, ensuring that each one provides genuine added value for the reader.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352F9B05" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="008B0366">
+    <w:p w14:paraId="0F1E01E8" w14:textId="4278749E" w:rsidR="00D01261" w:rsidRPr="00A871A9" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Other instructions about how to place figures and tables:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5D3A9766" w14:textId="037D100C" w:rsidR="00E12A54" w:rsidRPr="00213817" w:rsidRDefault="004D65DD" w:rsidP="00E12A54">
-[...1339 lines deleted...]
-    <w:p w14:paraId="34B985D1" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+    <w:p w14:paraId="0D3BE180" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="00C0689F" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003955F7">
-[...1736 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="00C0689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (top) For images/graphs, tables, etc. It must appear at the top of what a table, image or figure is about, it must be numbered and its title must be provided (centered):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4F5F8B" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
-[...1355 lines deleted...]
-    <w:p w14:paraId="29E3ECCF" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+    <w:p w14:paraId="4D46922A" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="00C0689F" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003955F7">
-[...1737 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="00C0689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C0689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>middle) Table/Image/Figure X. Title of the image, figure or table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="793CF632" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="008B0366">
-[...9200 lines deleted...]
-    <w:p w14:paraId="3C32D4B3" w14:textId="1C49EB4F" w:rsidR="00213817" w:rsidRPr="00C0689F" w:rsidRDefault="000116AF" w:rsidP="004074F6">
+    <w:p w14:paraId="2762249C" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="00C0689F" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C0689F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...262 lines deleted...]
-        <w:t xml:space="preserve"> de la revista: estilo APA teniendo en cuenta los cinco últimos años.</w:t>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Next, the table or image or graph is placed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C50F95A" w14:textId="497ADC78" w:rsidR="00E12A54" w:rsidRPr="00C0689F" w:rsidRDefault="00E12A54" w:rsidP="004074F6">
+    <w:p w14:paraId="7B2335DB" w14:textId="5E7AA89E" w:rsidR="00D01261" w:rsidRPr="00C0689F" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">TABLE OR IMAGE/GRAPH </w:t>
+      </w:r>
+      <w:r w:rsidR="0015627F" w:rsidRPr="00C0689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11E5DB9B" w14:textId="2A48390C" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
-[...2688 lines deleted...]
-    <w:p w14:paraId="6EF85448" w14:textId="77777777" w:rsidR="00C0689F" w:rsidRPr="00C0689F" w:rsidRDefault="00C0689F" w:rsidP="00C0689F">
+    <w:p w14:paraId="10D613D0" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="00700575" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0689F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>How to place an image, figure or table:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>(below) below the table, image or figure appears the source, note, etc. of the image/graph or table if any (left-aligned)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4958BF" w14:textId="2DC28FDD" w:rsidR="00C0689F" w:rsidRPr="00C0689F" w:rsidRDefault="00C0689F" w:rsidP="00C0689F">
+    <w:p w14:paraId="7FC2D2C6" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="001A6EA1" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C0689F">
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A6EA1">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...10 lines deleted...]
-        <w:t>(top) For images/graphs, tables, etc. It must appear at the top of what a table, image or figure is about, it must be numbered and its title must be provided (centered):</w:t>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Example with style APA 7ª: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADE4C71" w14:textId="2B56BEC1" w:rsidR="00C0689F" w:rsidRPr="00C0689F" w:rsidRDefault="00C0689F" w:rsidP="00C0689F">
+    <w:p w14:paraId="701CE951" w14:textId="77777777" w:rsidR="00D01261" w:rsidRPr="001A6EA1" w:rsidRDefault="00D01261" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...69 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="334C2D19" w14:textId="1C15D326" w:rsidR="00C0689F" w:rsidRPr="00C0689F" w:rsidRDefault="00C0689F" w:rsidP="00C0689F">
-[...314 lines deleted...]
-    <w:p w14:paraId="39C24A5A" w14:textId="10CC1081" w:rsidR="004D65DD" w:rsidRDefault="004D65DD" w:rsidP="00C0689F">
+    <w:p w14:paraId="202FBE24" w14:textId="4C640328" w:rsidR="00D01261" w:rsidRDefault="00C74797" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C0689F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve">Tabla 1. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01261" w:rsidRPr="00C0689F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...12 lines deleted...]
-      <w:r w:rsidR="00C0689F">
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01261">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>tion</w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> participants</w:t>
+        <w:t>Description of participants</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="2832"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D65DD" w14:paraId="5A4E1711" w14:textId="77777777" w:rsidTr="00C0689F">
+      <w:tr w:rsidR="00D01261" w14:paraId="010669B0" w14:textId="77777777" w:rsidTr="00D2060A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD5E573" w14:textId="2EE2ADEF" w:rsidR="004D65DD" w:rsidRDefault="00C0689F" w:rsidP="004074F6">
+          <w:p w14:paraId="629E2C57" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27D02700" w14:textId="46D54371" w:rsidR="004D65DD" w:rsidRDefault="004D65DD" w:rsidP="004074F6">
+          <w:p w14:paraId="6917E776" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
-              <w:t xml:space="preserve">18 </w:t>
-[...18 lines deleted...]
-              <w:t>years</w:t>
+              <w:t>18 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7774E3A5" w14:textId="7E1E27FD" w:rsidR="004D65DD" w:rsidRDefault="004D65DD" w:rsidP="004074F6">
+          <w:p w14:paraId="55177C3F" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
-              <w:t xml:space="preserve">19 </w:t>
-[...18 lines deleted...]
-              <w:t>years</w:t>
+              <w:t>19 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D65DD" w14:paraId="7FB7E84F" w14:textId="77777777" w:rsidTr="00C0689F">
+      <w:tr w:rsidR="00D01261" w14:paraId="365576FD" w14:textId="77777777" w:rsidTr="00D2060A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00D7D733" w14:textId="70E86C41" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="6E112E85" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
-              <w:t>Gr</w:t>
-[...37 lines deleted...]
-              <w:t>up 1</w:t>
+              <w:t>Group 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736761D7" w14:textId="12C532D0" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="24329D41" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60217CA6" w14:textId="751B88D0" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="44C78C12" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D65DD" w14:paraId="504269F3" w14:textId="77777777" w:rsidTr="00C0689F">
+      <w:tr w:rsidR="00D01261" w14:paraId="3A3199D8" w14:textId="77777777" w:rsidTr="00D2060A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D581024" w14:textId="2595CE96" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="07C2A9B2" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
-              <w:t>Gr</w:t>
-[...37 lines deleted...]
-              <w:t>up 2</w:t>
+              <w:t>Group 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46700F37" w14:textId="07B235FA" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="51F4C6B6" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54049E86" w14:textId="5B20EC3A" w:rsidR="004D65DD" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+          <w:p w14:paraId="36782509" w14:textId="77777777" w:rsidR="00D01261" w:rsidRDefault="00D01261" w:rsidP="00D2060A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:schemeClr w14:val="dk1">
                     <w14:alpha w14:val="60000"/>
                   </w14:schemeClr>
                 </w14:shadow>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A30309A" w14:textId="283C0588" w:rsidR="00377B6A" w:rsidRPr="000116AF" w:rsidRDefault="00377B6A" w:rsidP="004074F6">
+    <w:p w14:paraId="1BE7C990" w14:textId="431973B3" w:rsidR="00D01261" w:rsidRDefault="0015627F" w:rsidP="00D01261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:sectPr w:rsidR="00377B6A" w:rsidRPr="000116AF" w:rsidSect="006C3E2C">
-[...5 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t xml:space="preserve">Fuente: </w:t>
+        <w:t>Source</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>: own elaboration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352F9B05" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="00D01261" w:rsidRDefault="00E12A54" w:rsidP="008B0366">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D3A9766" w14:textId="037D100C" w:rsidR="00E12A54" w:rsidRPr="00213817" w:rsidRDefault="004D65DD" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0689F" w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="008B0366">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtitle </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCEFA60" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ugia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> movies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>onsequam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>untiunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>moluptat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> as acid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quatum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiatem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> sore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>doupta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>turestia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> neem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>earcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiasperum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quibusdantem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>harciun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>tusdaererum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree out of time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eseniam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> facet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>elluptas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>nat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4F5F8B" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="168" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C112F51" w14:textId="181E987C" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="004D65DD" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="168" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="00213817">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C0689F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>own elaboration</w:t>
-      </w:r>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="008B0366">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtitle </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54" w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A50E568" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ugia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> movies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>onsequam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>untiunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>moluptat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> as acid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quatum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiatem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> sore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>doupta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>turestia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> neem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>earcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiasperum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quibusdantem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>harciun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>tusdaererum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree out of time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eseniam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> facet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>elluptas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>nat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793CF632" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="008B0366">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32BDE1C3" w14:textId="356E8B80" w:rsidR="008B0366" w:rsidRPr="00213817" w:rsidRDefault="008B0366" w:rsidP="008B0366">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>4. Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7838D582" w14:textId="3D815B93" w:rsidR="008B0366" w:rsidRDefault="00D01261" w:rsidP="00D01261">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The results section should present the findings derived from the data analysis in a clear and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>organised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D01261">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> manner. Results must be described without interpretation at this stage, using tables, figures, or textual extracts when appropriate to support comprehension. The data should be reported accurately, highlighting patterns, trends, or emerging categories that address the study’s objectives. The presentation must be consistent with the methods employed and allow readers to identify precisely what has been observed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC76866" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="008B0366">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D754F41" w14:textId="18263D2A" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="008B0366" w:rsidP="008B0366">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B0366">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3229866C" w14:textId="77777777" w:rsidR="00E84D50" w:rsidRDefault="00E84D50" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The discussion interprets the results in relation to the theoretical framework and previous research, explaining their meaning and relevance. This section should examine how the findings confirm, extend, or challenge earlier studies, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>as well as the implications they hold for the field. It is also important to acknowledge the limitations of the study and to suggest potential directions for future research. The discussion should offer a critical and reflective analysis that connects the results with the aims set out at the beginning of the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A43368" w14:textId="77777777" w:rsidR="008B0366" w:rsidRDefault="008B0366" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB48D39" w14:textId="53FE12C5" w:rsidR="00213817" w:rsidRPr="003955F7" w:rsidRDefault="008B0366" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>6. Conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4449604E" w14:textId="7EEBEB55" w:rsidR="00E84D50" w:rsidRDefault="00E84D50" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The conclusions should succinctly </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>summarise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the main contributions of the study, highlighting its theoretical, methodological, or practical significance. This section </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>synthesises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> what the research has demonstrated or contributed, without introducing new information. It may also outline implications for teaching, research, or professional practice, as appropriate. The conclusions should close the article clearly, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>emphasising</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the value and relevanc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>e of the study within the field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147B92AE" w14:textId="77777777" w:rsidR="00B70F96" w:rsidRDefault="00B70F96" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1214AA" w14:textId="27DAEB24" w:rsidR="00213817" w:rsidRPr="002D3AE8" w:rsidRDefault="00E12A54" w:rsidP="00213817">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>7. References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C32D4B3" w14:textId="2890E8CD" w:rsidR="00213817" w:rsidRPr="00E84D50" w:rsidRDefault="000116AF" w:rsidP="002D3AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>List of references</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>isted in alphabetical order and according to the rules</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1510">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the journal: </w:t>
+      </w:r>
+      <w:r w:rsidR="004D65DD" w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>APA</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1510">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> style</w:t>
+      </w:r>
+      <w:r w:rsidR="004D65DD" w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84D50" w:rsidRPr="00E84D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>taking into account the past five years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C50F95A" w14:textId="497ADC78" w:rsidR="00E12A54" w:rsidRPr="00E84D50" w:rsidRDefault="00E12A54" w:rsidP="004074F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11E5DB9B" w14:textId="2A48390C" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Annex I (optional)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452E709A" w14:textId="77777777" w:rsidR="00AC1510" w:rsidRDefault="00AC1510" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1510">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Authors may include additional or complementary information in the appendices when such material supports the understanding of the study but is not essential to the main text. This may include extended tables, detailed descriptions of instruments or procedures, supplementary analyses, sample materials, or any other content that provides further clarity without interrupting the flow of the article. All appendices should be clearly labelled and referenced within the main text to ensure easy navigation for readers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B87EB3" w14:textId="77777777" w:rsidR="00A210DF" w:rsidRDefault="00A210DF" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF8FCF8" w14:textId="6E83DCBF" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Annex II (optional)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0144F4A3" w14:textId="7CB427AA" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ugia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> movies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dolupti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>onsequam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>untiunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>moluptat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> as acid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quatum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiatem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> sore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>doupta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>turestia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> neem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>earcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quiasperum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>quibusdantem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>harciun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>tusdaererum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree out of time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eseniam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> facet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>elluptas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>nat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003955F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2662AE8E" w14:textId="32CF3290" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2B2840" w14:textId="023F9B08" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00C0689F" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Aknowledgments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24B3F4F8" w14:textId="2694BE84" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Acknowledgments text (only if any)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D623FEA" w14:textId="77777777" w:rsidR="008A7499" w:rsidRPr="008A7499" w:rsidRDefault="008A7499" w:rsidP="008A7499">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Use of Generative AI  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0336820D" w14:textId="77777777" w:rsidR="004101B3" w:rsidRDefault="00941E8D" w:rsidP="008A7499">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Any use of generative AI must be transparently disclosed in the Acknowledgements section, specifying the type of assistance received (e.g., language editing, idea refinement, code support, text drafting, or image generation). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF32923" w14:textId="77777777" w:rsidR="004101B3" w:rsidRDefault="004101B3" w:rsidP="008A7499">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Generative AI may be used ethically to create images when the underlying intellectual content originates from the authors and specific conditions are met: the image must not invent or modify data, but only provide a visual representation of results, concepts, or analyses already produced by the authors; the AI tool should function solely as a technical aid, comparable to design or graphic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">editing software; and the resulting image must not mislead, introduce information absent from the research, or distort the findings. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCC362F" w14:textId="3A4F3F23" w:rsidR="00941E8D" w:rsidRDefault="00941E8D" w:rsidP="008A7499">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Generative AI cannot be listed as an author and must not be used to create, alter, or fabricate data, results, analyses, or images. Authors remain fully responsible for verifying the accuracy, originality, and integrity of all content produced with AI assistance. Ethical use requires transparency, critical oversight, and strict adherence to research integrity standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D35E47B" w14:textId="164AC98B" w:rsidR="00C74797" w:rsidRDefault="00C74797" w:rsidP="008A7499">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74797">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>This disclosure must appear in the Acknowledgements section, which is placed after the reference list and published as part of the final article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C9A024" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="659A96F0" w14:textId="77777777" w:rsidR="00A61414" w:rsidRPr="00A61414" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Financing  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B38E87" w14:textId="76942403" w:rsidR="00E12A54" w:rsidRPr="00A61414" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">This publication was funded by the Ministry of Education calling (code </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>). It forms pa</w:t>
+      </w:r>
+      <w:r w:rsidR="0015627F">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>rt of the project type XXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="AvenirNext LT Pro Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, reference XXXX, carried out between XXXX and XXXX.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F801316" w14:textId="77777777" w:rsidR="00A61414" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="036F7503" w14:textId="4BE70207" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00D4431F" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Authors contribution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7254E999" w14:textId="3E03E772" w:rsidR="00D4431F" w:rsidRDefault="00A871A9" w:rsidP="00D4431F">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A871A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The roles of each author according to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A871A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>CR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> taxonomy must be specified: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Conceptualization, Methodology, Software, Validation, Formal Analysis, Investigation, Resources, Data Curation, Writing – Original Draft, Writing – Review &amp; Editing, Visualization, Supervision, Project Administration, and Funding Acquisition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DEA2DC" w14:textId="77777777" w:rsidR="00E12A54" w:rsidRPr="003955F7" w:rsidRDefault="00E12A54" w:rsidP="00E12A54">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21FBED10" w14:textId="781A81B7" w:rsidR="00A871A9" w:rsidRPr="00941E8D" w:rsidRDefault="00A871A9" w:rsidP="00941E8D">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Conflict of interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0B52AF" w14:textId="77777777" w:rsidR="00941E8D" w:rsidRDefault="00A871A9" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A871A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>All financial, commercial, or other relationships that the academic community might interpret as a potential conflict of interest must be fully disclosed. In cases where no such relationships are present, authors will be required to confirm the following statement:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A61414" w:rsidRPr="00A61414">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEF45DD" w14:textId="3AE785F8" w:rsidR="00A871A9" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61414">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The authors declare that the research was conducted in the absence of any commercial or financial relationships that could be construed as a potential conflict of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2064EC3B" w14:textId="77777777" w:rsidR="00941E8D" w:rsidRDefault="00941E8D" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61602592" w14:textId="2FC12994" w:rsidR="00A871A9" w:rsidRPr="00941E8D" w:rsidRDefault="00A871A9" w:rsidP="00941E8D">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="14" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Data availability</w:t>
+      </w:r>
+      <w:r w:rsidR="00A61414" w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Semibold" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F24427" w14:textId="417F9495" w:rsidR="008A7499" w:rsidRDefault="008A7499" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Authors should clearly state the data set availability status.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77B69" w:rsidRPr="00B77B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The authors must indicate the dataset status that best applies to their case. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The following are some possible statements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6864339A" w14:textId="2C0F09A8" w:rsidR="00A61414" w:rsidRPr="008A7499" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The datasets generated and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>analysed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the current study are available in the [name] repository, at: [URL].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F1191D" w14:textId="783CCFB9" w:rsidR="00A61414" w:rsidRPr="008A7499" w:rsidRDefault="00A61414" w:rsidP="00A61414">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The data supporting the findings of this study are available from the corresponding author upon reasonable request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470BD59F" w14:textId="539C46E2" w:rsidR="008A7499" w:rsidRDefault="008A7499" w:rsidP="008A7499">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7499">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>All data supporting the conclusions of this article are included within the article and its supplementary materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D582019" w14:textId="79E595F8" w:rsidR="00941E8D" w:rsidRPr="00941E8D" w:rsidRDefault="00941E8D" w:rsidP="008A7499">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The data are not publicly available due to confidentiality agreements with the data provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B74FB7" w14:textId="19626C52" w:rsidR="00941E8D" w:rsidRPr="00941E8D" w:rsidRDefault="00941E8D" w:rsidP="008A7499">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The datasets are too large to be hosted in a public repository. They can be accessed upon reasonable request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533D835E" w14:textId="77777777" w:rsidR="00941E8D" w:rsidRPr="008A7499" w:rsidRDefault="00941E8D" w:rsidP="008A7499">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="0CB4056D" w14:textId="77777777" w:rsidR="003955F7" w:rsidRPr="003955F7" w:rsidRDefault="003955F7" w:rsidP="00C46E09">
-      <w:pPr>
+    <w:p w14:paraId="102313EB" w14:textId="77777777" w:rsidR="00A61414" w:rsidRDefault="00A61414" w:rsidP="00A871A9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Avenir Next LT Pro"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003955F7" w:rsidRPr="003955F7" w:rsidSect="00623E93">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00A61414" w:rsidSect="00623E93">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1560" w:right="1701" w:bottom="1134" w:left="1701" w:header="708" w:footer="977" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="437CCE24" w14:textId="77777777" w:rsidR="00BB2822" w:rsidRDefault="00BB2822" w:rsidP="00D11B35">
+    <w:p w14:paraId="53E2B25A" w14:textId="77777777" w:rsidR="00112B7F" w:rsidRDefault="00112B7F" w:rsidP="00D11B35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B51736F" w14:textId="77777777" w:rsidR="00BB2822" w:rsidRDefault="00BB2822" w:rsidP="00D11B35">
+    <w:p w14:paraId="684DF1DE" w14:textId="77777777" w:rsidR="00112B7F" w:rsidRDefault="00112B7F" w:rsidP="00D11B35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AvenirNext LT Pro Regular">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
-    <w:altName w:val="Avenir Next LT Pro"/>
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="020B0504020202020204"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic UI Semibold">
     <w:panose1 w:val="020B0700000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic UI Semilight">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic UI Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Microsoft Tai Le">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="40000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="094B316D" w14:textId="62D1F41C" w:rsidR="00621799" w:rsidRPr="00623E93" w:rsidRDefault="00621799" w:rsidP="006C3E2C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EA820DD" w14:textId="77777777" w:rsidR="00BB2822" w:rsidRDefault="00BB2822" w:rsidP="00D11B35">
+    <w:p w14:paraId="58369853" w14:textId="77777777" w:rsidR="00112B7F" w:rsidRDefault="00112B7F" w:rsidP="00D11B35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EDF992E" w14:textId="77777777" w:rsidR="00BB2822" w:rsidRDefault="00BB2822" w:rsidP="00D11B35">
+    <w:p w14:paraId="2EE5EC95" w14:textId="77777777" w:rsidR="00112B7F" w:rsidRDefault="00112B7F" w:rsidP="00D11B35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...26 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72B817A1" w14:textId="2B0E68A9" w:rsidR="00621799" w:rsidRPr="00DB5821" w:rsidRDefault="00621799" w:rsidP="00352CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Tai Le" w:eastAsia="Yu Gothic UI Light" w:hAnsi="Microsoft Tai Le" w:cs="Microsoft Tai Le"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="044B707E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D9BA69F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -36206,226 +10085,250 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="194855412">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2130590819">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1305698276">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1186484274">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1499423916">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D11B35"/>
     <w:rsid w:val="000116AF"/>
     <w:rsid w:val="00014851"/>
+    <w:rsid w:val="000239C4"/>
     <w:rsid w:val="00092F98"/>
+    <w:rsid w:val="00112B7F"/>
+    <w:rsid w:val="001161F6"/>
+    <w:rsid w:val="001303C9"/>
     <w:rsid w:val="00133D2F"/>
     <w:rsid w:val="00134726"/>
     <w:rsid w:val="00152185"/>
+    <w:rsid w:val="0015627F"/>
     <w:rsid w:val="00166B38"/>
     <w:rsid w:val="001673FD"/>
     <w:rsid w:val="001A6EA1"/>
+    <w:rsid w:val="001B1320"/>
     <w:rsid w:val="001D3B56"/>
     <w:rsid w:val="001D44CA"/>
     <w:rsid w:val="00213817"/>
+    <w:rsid w:val="002D3AE8"/>
     <w:rsid w:val="002F4673"/>
     <w:rsid w:val="00302C9B"/>
     <w:rsid w:val="0032418A"/>
     <w:rsid w:val="00352CF1"/>
     <w:rsid w:val="003530BA"/>
     <w:rsid w:val="00377B6A"/>
     <w:rsid w:val="003955F7"/>
     <w:rsid w:val="003E6A6B"/>
     <w:rsid w:val="003F4697"/>
     <w:rsid w:val="004074F6"/>
+    <w:rsid w:val="004101B3"/>
     <w:rsid w:val="00417F22"/>
     <w:rsid w:val="00435BF8"/>
+    <w:rsid w:val="00443A2B"/>
     <w:rsid w:val="004A3B26"/>
     <w:rsid w:val="004B1009"/>
     <w:rsid w:val="004C1387"/>
     <w:rsid w:val="004D65DD"/>
     <w:rsid w:val="004F630A"/>
     <w:rsid w:val="00504E7F"/>
     <w:rsid w:val="005278EF"/>
+    <w:rsid w:val="005C2F12"/>
     <w:rsid w:val="005D0EDA"/>
     <w:rsid w:val="005D7CD8"/>
     <w:rsid w:val="00606D0D"/>
     <w:rsid w:val="00621799"/>
     <w:rsid w:val="00623E93"/>
     <w:rsid w:val="0065349C"/>
     <w:rsid w:val="006C0E53"/>
     <w:rsid w:val="006C3AE4"/>
     <w:rsid w:val="006C3E2C"/>
     <w:rsid w:val="00700575"/>
     <w:rsid w:val="007E05C3"/>
     <w:rsid w:val="007E35B3"/>
     <w:rsid w:val="00821F79"/>
     <w:rsid w:val="008454A8"/>
     <w:rsid w:val="00871C2C"/>
+    <w:rsid w:val="008A7499"/>
     <w:rsid w:val="008B0366"/>
     <w:rsid w:val="00925FED"/>
+    <w:rsid w:val="00941E8D"/>
     <w:rsid w:val="009659F3"/>
     <w:rsid w:val="00A00469"/>
+    <w:rsid w:val="00A210DF"/>
     <w:rsid w:val="00A22995"/>
     <w:rsid w:val="00A36FC5"/>
+    <w:rsid w:val="00A61414"/>
     <w:rsid w:val="00A72523"/>
+    <w:rsid w:val="00A775D5"/>
     <w:rsid w:val="00A8478B"/>
     <w:rsid w:val="00A86CE7"/>
+    <w:rsid w:val="00A871A9"/>
     <w:rsid w:val="00A8763E"/>
     <w:rsid w:val="00A92790"/>
     <w:rsid w:val="00AB1AE7"/>
+    <w:rsid w:val="00AC1510"/>
     <w:rsid w:val="00B14B57"/>
     <w:rsid w:val="00B33680"/>
+    <w:rsid w:val="00B70F96"/>
+    <w:rsid w:val="00B77B69"/>
+    <w:rsid w:val="00B910FF"/>
     <w:rsid w:val="00B9317E"/>
     <w:rsid w:val="00BB268B"/>
     <w:rsid w:val="00BB2822"/>
     <w:rsid w:val="00BC62C8"/>
     <w:rsid w:val="00C0689F"/>
     <w:rsid w:val="00C1314B"/>
     <w:rsid w:val="00C46E09"/>
     <w:rsid w:val="00C744A4"/>
+    <w:rsid w:val="00C74797"/>
     <w:rsid w:val="00CB1A41"/>
     <w:rsid w:val="00CE3AD6"/>
     <w:rsid w:val="00CF259B"/>
+    <w:rsid w:val="00D01261"/>
     <w:rsid w:val="00D11B35"/>
     <w:rsid w:val="00D209FB"/>
     <w:rsid w:val="00D32FCC"/>
     <w:rsid w:val="00D4431F"/>
     <w:rsid w:val="00D54F4A"/>
     <w:rsid w:val="00DB5821"/>
     <w:rsid w:val="00E12A54"/>
+    <w:rsid w:val="00E84D50"/>
     <w:rsid w:val="00E9220F"/>
+    <w:rsid w:val="00EA144C"/>
     <w:rsid w:val="00F14236"/>
     <w:rsid w:val="00F30465"/>
     <w:rsid w:val="00F46610"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4C1A7B12"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E2493658-D0A6-431B-B6B9-0B112479D476}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -36757,54 +10660,56 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E84D50"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -36901,52 +10806,52 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A3B26"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum10">
     <w:name w:val="WWNum10"/>
     <w:basedOn w:val="Sinlista"/>
     <w:rsid w:val="00821F79"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencinsinresolver">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
+    <w:name w:val="Mención sin resolver1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00821F79"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="1.1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003955F7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="170"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
@@ -37015,77 +10920,88 @@
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004D65DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004D65DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Fuerte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0015627F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2132552024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -37348,82 +11264,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFA922D-D8F3-4C69-9FB7-09B18C6A0128}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03820972-501C-404B-B705-54E9A8590BB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1483</Words>
-  <Characters>8158</Characters>
+  <Words>1835</Words>
+  <Characters>10095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9622</CharactersWithSpaces>
+  <CharactersWithSpaces>11907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pedro Olivares Sanchez-toledo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>